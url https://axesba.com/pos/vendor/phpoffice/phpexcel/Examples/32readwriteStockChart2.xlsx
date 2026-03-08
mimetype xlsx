--- v0 (2026-03-06)
+++ v1 (2026-03-08)
@@ -689,84 +689,84 @@
                   <c:pt idx="11">
                     <c:v>Qtr 4</c:v>
                   </c:pt>
                 </c:lvl>
                 <c:lvl>
                   <c:pt idx="0">
                     <c:v>2008</c:v>
                   </c:pt>
                   <c:pt idx="4">
                     <c:v>2009</c:v>
                   </c:pt>
                   <c:pt idx="8">
                     <c:v>2010</c:v>
                   </c:pt>
                 </c:lvl>
               </c:multiLvlStrCache>
             </c:multiLvlStrRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Data!$B$21:$M$21</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
-                  <c:v>225</c:v>
+                  <c:v>191</c:v>
                 </c:pt>
                 <c:pt idx="1">
+                  <c:v>175</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>236</c:v>
+                </c:pt>
+                <c:pt idx="3">
                   <c:v>239</c:v>
                 </c:pt>
-                <c:pt idx="2">
-[...4 lines deleted...]
-                </c:pt>
                 <c:pt idx="4">
+                  <c:v>173</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>234</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>227</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>309</c:v>
+                </c:pt>
+                <c:pt idx="8">
                   <c:v>344</c:v>
                 </c:pt>
-                <c:pt idx="5">
-[...10 lines deleted...]
-                </c:pt>
                 <c:pt idx="9">
-                  <c:v>402</c:v>
+                  <c:v>368</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>366</c:v>
+                  <c:v>348</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>382</c:v>
+                  <c:v>454</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Data!$A$22</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Low</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="12700">
               <a:noFill/>
             </a:ln>
           </c:spPr>
           <c:marker>
@@ -814,84 +814,84 @@
                   <c:pt idx="11">
                     <c:v>Qtr 4</c:v>
                   </c:pt>
                 </c:lvl>
                 <c:lvl>
                   <c:pt idx="0">
                     <c:v>2008</c:v>
                   </c:pt>
                   <c:pt idx="4">
                     <c:v>2009</c:v>
                   </c:pt>
                   <c:pt idx="8">
                     <c:v>2010</c:v>
                   </c:pt>
                 </c:lvl>
               </c:multiLvlStrCache>
             </c:multiLvlStrRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Data!$B$22:$M$22</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
-                  <c:v>120</c:v>
+                  <c:v>113</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>149</c:v>
+                  <c:v>97</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>159</c:v>
+                  <c:v>111</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>232</c:v>
+                  <c:v>138</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>257</c:v>
+                  <c:v>114</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>273</c:v>
+                  <c:v>138</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>242</c:v>
+                  <c:v>103</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>229</c:v>
+                  <c:v>155</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>260</c:v>
+                  <c:v>233</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>276</c:v>
+                  <c:v>245</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>288</c:v>
+                  <c:v>271</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>253</c:v>
+                  <c:v>290</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Data!$A$20</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Opening</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="12700">
               <a:noFill/>
             </a:ln>
           </c:spPr>
           <c:marker>
@@ -939,84 +939,84 @@
                   <c:pt idx="11">
                     <c:v>Qtr 4</c:v>
                   </c:pt>
                 </c:lvl>
                 <c:lvl>
                   <c:pt idx="0">
                     <c:v>2008</c:v>
                   </c:pt>
                   <c:pt idx="4">
                     <c:v>2009</c:v>
                   </c:pt>
                   <c:pt idx="8">
                     <c:v>2010</c:v>
                   </c:pt>
                 </c:lvl>
               </c:multiLvlStrCache>
             </c:multiLvlStrRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Data!$B$20:$M$20</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
-                  <c:v>150</c:v>
+                  <c:v>139</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>197</c:v>
+                  <c:v>131</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>199</c:v>
+                  <c:v>137</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>266</c:v>
+                  <c:v>185</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>292</c:v>
+                  <c:v>139</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>299</c:v>
+                  <c:v>164</c:v>
                 </c:pt>
                 <c:pt idx="6">
+                  <c:v>138</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>204</c:v>
+                </c:pt>
+                <c:pt idx="8">
                   <c:v>274</c:v>
                 </c:pt>
-                <c:pt idx="7">
-[...4 lines deleted...]
-                </c:pt>
                 <c:pt idx="9">
-                  <c:v>316</c:v>
+                  <c:v>272</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>325</c:v>
+                  <c:v>314</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>289</c:v>
+                  <c:v>339</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:ser>
           <c:idx val="3"/>
           <c:order val="3"/>
           <c:tx>
             <c:strRef>
               <c:f>Data!$A$23</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Closing</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="12700">
               <a:noFill/>
             </a:ln>
           </c:spPr>
           <c:marker>
@@ -1064,84 +1064,84 @@
                   <c:pt idx="11">
                     <c:v>Qtr 4</c:v>
                   </c:pt>
                 </c:lvl>
                 <c:lvl>
                   <c:pt idx="0">
                     <c:v>2008</c:v>
                   </c:pt>
                   <c:pt idx="4">
                     <c:v>2009</c:v>
                   </c:pt>
                   <c:pt idx="8">
                     <c:v>2010</c:v>
                   </c:pt>
                 </c:lvl>
               </c:multiLvlStrCache>
             </c:multiLvlStrRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Data!$B$23:$M$23</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
-                  <c:v>197</c:v>
+                  <c:v>131</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>199</c:v>
+                  <c:v>137</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>266</c:v>
+                  <c:v>185</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>292</c:v>
+                  <c:v>139</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>299</c:v>
+                  <c:v>164</c:v>
                 </c:pt>
                 <c:pt idx="5">
+                  <c:v>138</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>204</c:v>
+                </c:pt>
+                <c:pt idx="7">
                   <c:v>274</c:v>
                 </c:pt>
-                <c:pt idx="6">
-[...4 lines deleted...]
-                </c:pt>
                 <c:pt idx="8">
-                  <c:v>316</c:v>
+                  <c:v>272</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>325</c:v>
+                  <c:v>314</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>289</c:v>
+                  <c:v>339</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>370</c:v>
+                  <c:v>367</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="0"/>
         </c:dLbls>
         <c:hiLowLines/>
         <c:upDownBars>
           <c:gapWidth val="300"/>
           <c:upBars/>
           <c:downBars/>
         </c:upDownBars>
         <c:axId val="75091328"/>
         <c:axId val="75089408"/>
       </c:stockChart>
       <c:catAx>
         <c:axId val="75091328"/>