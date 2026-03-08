--- v0 (2026-03-07)
+++ v1 (2026-03-08)
@@ -177,216 +177,216 @@
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Data!$A$4</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Budget</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="12700"/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:val>
             <c:numRef>
               <c:f>Data!$B$4:$M$4</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
-                  <c:v>600</c:v>
+                  <c:v>1430</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>2810</c:v>
+                  <c:v>1990</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>3320</c:v>
+                  <c:v>2830</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>910</c:v>
+                  <c:v>1980</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>2450</c:v>
+                  <c:v>1220</c:v>
                 </c:pt>
                 <c:pt idx="5">
+                  <c:v>2430</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>870</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>2960</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>1560</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>2620</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>3280</c:v>
+                </c:pt>
+                <c:pt idx="11">
                   <c:v>2790</c:v>
-                </c:pt>
-[...16 lines deleted...]
-                  <c:v>2130</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Data!$A$7</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Forecast</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="12700"/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:val>
             <c:numRef>
               <c:f>Data!$B$7:$M$7</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
-                  <c:v>770</c:v>
+                  <c:v>590</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>630</c:v>
+                  <c:v>1630</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>1120</c:v>
+                  <c:v>1840</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>1780</c:v>
+                  <c:v>2400</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>3330</c:v>
+                  <c:v>2980</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>2080</c:v>
+                  <c:v>2550</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>2250</c:v>
+                  <c:v>2470</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>1200</c:v>
+                  <c:v>720</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>840</c:v>
+                  <c:v>2290</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>2870</c:v>
+                  <c:v>2260</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>1220</c:v>
+                  <c:v>3230</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>1550</c:v>
+                  <c:v>1090</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Data!$A$6</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Actual</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="12700"/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:val>
             <c:numRef>
               <c:f>Data!$B$6:$M$6</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
-                  <c:v>2860</c:v>
+                  <c:v>690</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>1540</c:v>
+                  <c:v>1020</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>1390</c:v>
+                  <c:v>2300</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>2990</c:v>
+                  <c:v>3050</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>2320</c:v>
+                  <c:v>1460</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>860</c:v>
+                  <c:v>940</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>2870</c:v>
+                  <c:v>2150</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>3460</c:v>
+                  <c:v>1010</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>2960</c:v>
+                  <c:v>1580</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>1520</c:v>
+                  <c:v>1180</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>640</c:v>
+                  <c:v>2590</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>1210</c:v>
+                  <c:v>1370</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="75091328"/>
         <c:axId val="75089408"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="75091328"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>