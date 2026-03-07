--- v0 (2026-03-06)
+++ v1 (2026-03-07)
@@ -229,84 +229,84 @@
                   <c:pt idx="11">
                     <c:v>Qtr 4</c:v>
                   </c:pt>
                 </c:lvl>
                 <c:lvl>
                   <c:pt idx="0">
                     <c:v>2008</c:v>
                   </c:pt>
                   <c:pt idx="4">
                     <c:v>2009</c:v>
                   </c:pt>
                   <c:pt idx="8">
                     <c:v>2010</c:v>
                   </c:pt>
                 </c:lvl>
               </c:multiLvlStrCache>
             </c:multiLvlStrRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Data!$B$4:$M$4</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
-                  <c:v>2890</c:v>
+                  <c:v>810</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>790</c:v>
+                  <c:v>2610</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>1530</c:v>
+                  <c:v>2620</c:v>
                 </c:pt>
                 <c:pt idx="3">
+                  <c:v>2190</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>1380</c:v>
+                </c:pt>
+                <c:pt idx="5">
                   <c:v>3420</c:v>
                 </c:pt>
-                <c:pt idx="4">
-[...4 lines deleted...]
-                </c:pt>
                 <c:pt idx="6">
-                  <c:v>2830</c:v>
+                  <c:v>3270</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>2780</c:v>
+                  <c:v>1400</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>1990</c:v>
+                  <c:v>710</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>2440</c:v>
+                  <c:v>1450</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>2990</c:v>
+                  <c:v>3490</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>1170</c:v>
+                  <c:v>2710</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Data!$A$7</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Forecast</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:cat>
             <c:multiLvlStrRef>
               <c:f>Data!$B$2:$M$3</c:f>
               <c:multiLvlStrCache>
                 <c:ptCount val="12"/>
                 <c:lvl>
@@ -346,84 +346,84 @@
                   <c:pt idx="11">
                     <c:v>Qtr 4</c:v>
                   </c:pt>
                 </c:lvl>
                 <c:lvl>
                   <c:pt idx="0">
                     <c:v>2008</c:v>
                   </c:pt>
                   <c:pt idx="4">
                     <c:v>2009</c:v>
                   </c:pt>
                   <c:pt idx="8">
                     <c:v>2010</c:v>
                   </c:pt>
                 </c:lvl>
               </c:multiLvlStrCache>
             </c:multiLvlStrRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Data!$B$7:$M$7</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
-                  <c:v>2030</c:v>
+                  <c:v>2080</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>3500</c:v>
+                  <c:v>750</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>2540</c:v>
+                  <c:v>920</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>2070</c:v>
+                  <c:v>2480</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>2590</c:v>
+                  <c:v>2380</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>950</c:v>
+                  <c:v>2440</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>3310</c:v>
+                  <c:v>2680</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>3430</c:v>
+                  <c:v>3460</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>2610</c:v>
+                  <c:v>3410</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>3040</c:v>
+                  <c:v>1860</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>1540</c:v>
+                  <c:v>590</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>2150</c:v>
+                  <c:v>3180</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Data!$A$6</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Actual</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:cat>
             <c:multiLvlStrRef>
               <c:f>Data!$B$2:$M$3</c:f>
               <c:multiLvlStrCache>
                 <c:ptCount val="12"/>
                 <c:lvl>
@@ -463,84 +463,84 @@
                   <c:pt idx="11">
                     <c:v>Qtr 4</c:v>
                   </c:pt>
                 </c:lvl>
                 <c:lvl>
                   <c:pt idx="0">
                     <c:v>2008</c:v>
                   </c:pt>
                   <c:pt idx="4">
                     <c:v>2009</c:v>
                   </c:pt>
                   <c:pt idx="8">
                     <c:v>2010</c:v>
                   </c:pt>
                 </c:lvl>
               </c:multiLvlStrCache>
             </c:multiLvlStrRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Data!$B$6:$M$6</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
-                  <c:v>2820</c:v>
+                  <c:v>2180</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>790</c:v>
+                  <c:v>1440</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>1860</c:v>
+                  <c:v>1470</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>2800</c:v>
+                  <c:v>1400</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>3390</c:v>
+                  <c:v>2480</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>1350</c:v>
+                  <c:v>940</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>2050</c:v>
+                  <c:v>2440</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>1670</c:v>
+                  <c:v>1200</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>1350</c:v>
+                  <c:v>3370</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>1590</c:v>
+                  <c:v>2290</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>2670</c:v>
+                  <c:v>1580</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>1470</c:v>
+                  <c:v>3000</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="0"/>
         </c:dLbls>
         <c:axId val="75091328"/>
         <c:axId val="75089408"/>
       </c:line3DChart>
       <c:catAx>
         <c:axId val="75091328"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>