--- v0 (2026-03-06)
+++ v1 (2026-03-08)
@@ -322,84 +322,84 @@
                   <c:pt idx="11">
                     <c:v>Qtr 4</c:v>
                   </c:pt>
                 </c:lvl>
                 <c:lvl>
                   <c:pt idx="0">
                     <c:v>2008</c:v>
                   </c:pt>
                   <c:pt idx="4">
                     <c:v>2009</c:v>
                   </c:pt>
                   <c:pt idx="8">
                     <c:v>2010</c:v>
                   </c:pt>
                 </c:lvl>
               </c:multiLvlStrCache>
             </c:multiLvlStrRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Data!$B$4:$M$4</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
-                  <c:v>1000</c:v>
+                  <c:v>2500</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>870</c:v>
+                  <c:v>3290</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>2910</c:v>
+                  <c:v>2790</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>1990</c:v>
+                  <c:v>2340</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>2210</c:v>
+                  <c:v>2900</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>2690</c:v>
+                  <c:v>3410</c:v>
                 </c:pt>
                 <c:pt idx="6">
+                  <c:v>720</c:v>
+                </c:pt>
+                <c:pt idx="7">
                   <c:v>1360</c:v>
                 </c:pt>
-                <c:pt idx="7">
-[...1 lines deleted...]
-                </c:pt>
                 <c:pt idx="8">
-                  <c:v>2370</c:v>
+                  <c:v>3290</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>2910</c:v>
+                  <c:v>1580</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>2010</c:v>
+                  <c:v>3270</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>2700</c:v>
+                  <c:v>1670</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Data!$A$5</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Projected</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="12700"/>
           </c:spPr>
           <c:marker>
             <c:symbol val="triangle"/>
             <c:size val="3"/>
@@ -446,84 +446,84 @@
                   <c:pt idx="11">
                     <c:v>Qtr 4</c:v>
                   </c:pt>
                 </c:lvl>
                 <c:lvl>
                   <c:pt idx="0">
                     <c:v>2008</c:v>
                   </c:pt>
                   <c:pt idx="4">
                     <c:v>2009</c:v>
                   </c:pt>
                   <c:pt idx="8">
                     <c:v>2010</c:v>
                   </c:pt>
                 </c:lvl>
               </c:multiLvlStrCache>
             </c:multiLvlStrRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Data!$B$5:$M$5</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
-                  <c:v>1000</c:v>
+                  <c:v>2060</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>1120</c:v>
+                  <c:v>1080</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>3000</c:v>
+                  <c:v>2470</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>1070</c:v>
+                  <c:v>2250</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>3110</c:v>
+                  <c:v>1980</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>1080</c:v>
+                  <c:v>980</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>2800</c:v>
+                  <c:v>1250</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>530</c:v>
+                  <c:v>2130</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>600</c:v>
+                  <c:v>2420</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>2900</c:v>
+                  <c:v>2270</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>3010</c:v>
+                  <c:v>1300</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>2680</c:v>
+                  <c:v>3300</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Data!$A$6</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Actual</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="12700"/>
           </c:spPr>
           <c:marker>
             <c:symbol val="diamond"/>
             <c:size val="3"/>
@@ -570,151 +570,151 @@
                   <c:pt idx="11">
                     <c:v>Qtr 4</c:v>
                   </c:pt>
                 </c:lvl>
                 <c:lvl>
                   <c:pt idx="0">
                     <c:v>2008</c:v>
                   </c:pt>
                   <c:pt idx="4">
                     <c:v>2009</c:v>
                   </c:pt>
                   <c:pt idx="8">
                     <c:v>2010</c:v>
                   </c:pt>
                 </c:lvl>
               </c:multiLvlStrCache>
             </c:multiLvlStrRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Data!$B$6:$M$6</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
-                  <c:v>2810</c:v>
+                  <c:v>3030</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>1410</c:v>
+                  <c:v>2250</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>1700</c:v>
+                  <c:v>1160</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>530</c:v>
+                  <c:v>1680</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>3500</c:v>
+                  <c:v>3430</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>2390</c:v>
+                  <c:v>1580</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>2740</c:v>
+                  <c:v>2830</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>2770</c:v>
+                  <c:v>2100</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>1010</c:v>
+                  <c:v>590</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>560</c:v>
+                  <c:v>1110</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>510</c:v>
+                  <c:v>1060</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>2560</c:v>
+                  <c:v>1610</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:ser>
           <c:idx val="3"/>
           <c:order val="3"/>
           <c:tx>
             <c:strRef>
               <c:f>Data!$A$7</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Forecast</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="12700"/>
           </c:spPr>
           <c:marker>
             <c:symbol val="plus"/>
             <c:size val="3"/>
           </c:marker>
           <c:val>
             <c:numRef>
               <c:f>Data!$B$7:$M$7</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
-                  <c:v>1540</c:v>
+                  <c:v>1130</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>1230</c:v>
+                  <c:v>2780</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>1290</c:v>
+                  <c:v>520</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>3190</c:v>
+                  <c:v>2040</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>1580</c:v>
+                  <c:v>1630</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>1270</c:v>
+                  <c:v>2630</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>1240</c:v>
+                  <c:v>1980</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>2380</c:v>
+                  <c:v>1680</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>540</c:v>
+                  <c:v>1190</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>1220</c:v>
+                  <c:v>1620</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>850</c:v>
+                  <c:v>1590</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>630</c:v>
+                  <c:v>910</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="75091328"/>
         <c:axId val="75089408"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="75091328"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>