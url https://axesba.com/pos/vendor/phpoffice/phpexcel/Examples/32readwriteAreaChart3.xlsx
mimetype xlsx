--- v0 (2026-03-07)
+++ v1 (2026-03-08)
@@ -229,84 +229,84 @@
                   <c:pt idx="11">
                     <c:v>Qtr 4</c:v>
                   </c:pt>
                 </c:lvl>
                 <c:lvl>
                   <c:pt idx="0">
                     <c:v>2008</c:v>
                   </c:pt>
                   <c:pt idx="4">
                     <c:v>2009</c:v>
                   </c:pt>
                   <c:pt idx="8">
                     <c:v>2010</c:v>
                   </c:pt>
                 </c:lvl>
               </c:multiLvlStrCache>
             </c:multiLvlStrRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Data!$B$4:$M$4</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
-                  <c:v>2240</c:v>
+                  <c:v>1440</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>1560</c:v>
+                  <c:v>3030</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>3320</c:v>
+                  <c:v>1730</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>750</c:v>
+                  <c:v>3300</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>3490</c:v>
+                  <c:v>1940</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>2200</c:v>
+                  <c:v>1750</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>2790</c:v>
+                  <c:v>3080</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>2830</c:v>
+                  <c:v>1280</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>3230</c:v>
+                  <c:v>1290</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>3360</c:v>
+                  <c:v>2190</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>2670</c:v>
+                  <c:v>2690</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>800</c:v>
+                  <c:v>1290</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Data!$A$7</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Forecast</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:cat>
             <c:multiLvlStrRef>
               <c:f>Data!$B$2:$M$3</c:f>
               <c:multiLvlStrCache>
                 <c:ptCount val="12"/>
                 <c:lvl>
@@ -346,84 +346,84 @@
                   <c:pt idx="11">
                     <c:v>Qtr 4</c:v>
                   </c:pt>
                 </c:lvl>
                 <c:lvl>
                   <c:pt idx="0">
                     <c:v>2008</c:v>
                   </c:pt>
                   <c:pt idx="4">
                     <c:v>2009</c:v>
                   </c:pt>
                   <c:pt idx="8">
                     <c:v>2010</c:v>
                   </c:pt>
                 </c:lvl>
               </c:multiLvlStrCache>
             </c:multiLvlStrRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Data!$B$7:$M$7</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
-                  <c:v>620</c:v>
+                  <c:v>2410</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>3290</c:v>
+                  <c:v>2070</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>3170</c:v>
+                  <c:v>1390</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>1010</c:v>
+                  <c:v>2100</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>1820</c:v>
+                  <c:v>2020</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>2100</c:v>
+                  <c:v>1410</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>2870</c:v>
+                  <c:v>3270</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>1600</c:v>
+                  <c:v>3110</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>2540</c:v>
+                  <c:v>3360</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>1100</c:v>
+                  <c:v>2570</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>2270</c:v>
+                  <c:v>1160</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>960</c:v>
+                  <c:v>1120</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Data!$A$6</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Actual</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:cat>
             <c:multiLvlStrRef>
               <c:f>Data!$B$2:$M$3</c:f>
               <c:multiLvlStrCache>
                 <c:ptCount val="12"/>
                 <c:lvl>
@@ -463,84 +463,84 @@
                   <c:pt idx="11">
                     <c:v>Qtr 4</c:v>
                   </c:pt>
                 </c:lvl>
                 <c:lvl>
                   <c:pt idx="0">
                     <c:v>2008</c:v>
                   </c:pt>
                   <c:pt idx="4">
                     <c:v>2009</c:v>
                   </c:pt>
                   <c:pt idx="8">
                     <c:v>2010</c:v>
                   </c:pt>
                 </c:lvl>
               </c:multiLvlStrCache>
             </c:multiLvlStrRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Data!$B$6:$M$6</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="12"/>
                 <c:pt idx="0">
-                  <c:v>1560</c:v>
+                  <c:v>2040</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>3330</c:v>
+                  <c:v>1010</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>2050</c:v>
+                  <c:v>1760</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>3300</c:v>
+                  <c:v>2080</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>3360</c:v>
+                  <c:v>1960</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>860</c:v>
+                  <c:v>2300</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>1050</c:v>
+                  <c:v>1060</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>2140</c:v>
+                  <c:v>1280</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>2940</c:v>
+                  <c:v>2420</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>3450</c:v>
+                  <c:v>3020</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>3500</c:v>
+                  <c:v>2800</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>1130</c:v>
+                  <c:v>1170</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="0"/>
         </c:dLbls>
         <c:axId val="75091328"/>
         <c:axId val="75089408"/>
       </c:areaChart>
       <c:catAx>
         <c:axId val="75091328"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>